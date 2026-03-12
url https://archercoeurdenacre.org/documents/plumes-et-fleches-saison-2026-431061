--- v0 (2025-11-20)
+++ v1 (2026-03-12)
@@ -1,83 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/xl/worksheets/_rels/sheet3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/_rels/drawing3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/media/image1.png" ContentType="image/png"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="flèches" sheetId="1" state="visible" r:id="rId3"/>
     <sheet name="plumes" sheetId="2" state="visible" r:id="rId4"/>
+    <sheet name="compétitions" sheetId="3" state="visible" r:id="rId5"/>
   </sheets>
   <definedNames>
-    <definedName function="false" hidden="true" localSheetId="0" name="_xlnm._FilterDatabase" vbProcedure="false">flèches!$A$1:$BS$35</definedName>
-    <definedName function="false" hidden="true" localSheetId="1" name="_xlnm._FilterDatabase" vbProcedure="false">plumes!$A$1:$J$33</definedName>
+    <definedName function="false" hidden="true" localSheetId="0" name="_xlnm._FilterDatabase" vbProcedure="false">flèches!$A$1:$BS$36</definedName>
+    <definedName function="false" hidden="true" localSheetId="1" name="_xlnm._FilterDatabase" vbProcedure="false">plumes!$A$1:$J$36</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="CalcA1ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1402" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1606" uniqueCount="313">
   <si>
     <t xml:space="preserve">Code adhérent</t>
   </si>
   <si>
     <t xml:space="preserve">Civilité</t>
   </si>
   <si>
     <t xml:space="preserve">Nom</t>
   </si>
   <si>
     <t xml:space="preserve">Prénom</t>
   </si>
   <si>
     <t xml:space="preserve">blanche 10m</t>
   </si>
   <si>
     <t xml:space="preserve">noire 15m</t>
   </si>
   <si>
     <t xml:space="preserve">bleue 20m</t>
   </si>
   <si>
     <t xml:space="preserve">rouge 25m</t>
   </si>
   <si>
@@ -333,50 +339,53 @@
     <t xml:space="preserve">2025-08-05</t>
   </si>
   <si>
     <t xml:space="preserve">2025-09-01</t>
   </si>
   <si>
     <t xml:space="preserve">Dirigeant</t>
   </si>
   <si>
     <t xml:space="preserve">S</t>
   </si>
   <si>
     <t xml:space="preserve">Arc Classique</t>
   </si>
   <si>
     <t xml:space="preserve">1056504M</t>
   </si>
   <si>
     <t xml:space="preserve">Mme</t>
   </si>
   <si>
     <t xml:space="preserve">BOUTTEN-GODARD</t>
   </si>
   <si>
     <t xml:space="preserve">Sylvie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">297 26/11/25</t>
   </si>
   <si>
     <t xml:space="preserve">2025-09-15</t>
   </si>
   <si>
     <t xml:space="preserve">0008918U</t>
   </si>
   <si>
     <t xml:space="preserve">BRAULT</t>
   </si>
   <si>
     <t xml:space="preserve">ARTHUR</t>
   </si>
   <si>
     <t xml:space="preserve">U18</t>
   </si>
   <si>
     <t xml:space="preserve">2025-09-14</t>
   </si>
   <si>
     <t xml:space="preserve">51.55</t>
   </si>
   <si>
     <t xml:space="preserve">0866243U</t>
   </si>
@@ -547,50 +556,65 @@
   <si>
     <t xml:space="preserve">U15</t>
   </si>
   <si>
     <t xml:space="preserve">2025-10-10</t>
   </si>
   <si>
     <t xml:space="preserve">51.27</t>
   </si>
   <si>
     <t xml:space="preserve">ARNAUD</t>
   </si>
   <si>
     <t xml:space="preserve">0677008092</t>
   </si>
   <si>
     <t xml:space="preserve">arnaud0610@hotmail.fr</t>
   </si>
   <si>
     <t xml:space="preserve">ANNE-SOLENE</t>
   </si>
   <si>
     <t xml:space="preserve">0676108673</t>
   </si>
   <si>
+    <t xml:space="preserve">1014611F </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DILIS CHERRIER </t>
+  </si>
+  <si>
+    <t xml:space="preserve">juliette  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">29019/11/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">231 26/11/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">0450383X</t>
   </si>
   <si>
     <t xml:space="preserve">DUVAL</t>
   </si>
   <si>
     <t xml:space="preserve">DANIEL</t>
   </si>
   <si>
     <t xml:space="preserve">validé</t>
   </si>
   <si>
     <t xml:space="preserve">2025-09-06</t>
   </si>
   <si>
     <t xml:space="preserve">0998848E</t>
   </si>
   <si>
     <t xml:space="preserve">GAILLET</t>
   </si>
   <si>
     <t xml:space="preserve">GERARD</t>
   </si>
   <si>
     <t xml:space="preserve">0889383W</t>
@@ -616,50 +640,53 @@
   <si>
     <t xml:space="preserve">Marine</t>
   </si>
   <si>
     <t xml:space="preserve">Guerin</t>
   </si>
   <si>
     <t xml:space="preserve">Frédéric</t>
   </si>
   <si>
     <t xml:space="preserve">0644707406</t>
   </si>
   <si>
     <t xml:space="preserve">1037654M</t>
   </si>
   <si>
     <t xml:space="preserve">HUGOT</t>
   </si>
   <si>
     <t xml:space="preserve">Guy</t>
   </si>
   <si>
     <t xml:space="preserve">26/03/25 328</t>
   </si>
   <si>
+    <t xml:space="preserve">284  26/11/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">292 11/06/25</t>
   </si>
   <si>
     <t xml:space="preserve">0060967U</t>
   </si>
   <si>
     <t xml:space="preserve">JOLLY</t>
   </si>
   <si>
     <t xml:space="preserve">Gerard</t>
   </si>
   <si>
     <t xml:space="preserve">2025-11-01</t>
   </si>
   <si>
     <t xml:space="preserve">1037762Q</t>
   </si>
   <si>
     <t xml:space="preserve">KOUEDY FOSSOUX</t>
   </si>
   <si>
     <t xml:space="preserve">Arthur</t>
   </si>
   <si>
     <t xml:space="preserve">U13</t>
@@ -680,50 +707,56 @@
     <t xml:space="preserve">LAFAYE</t>
   </si>
   <si>
     <t xml:space="preserve">Zoe</t>
   </si>
   <si>
     <t xml:space="preserve">26/3/25 317</t>
   </si>
   <si>
     <t xml:space="preserve">Rémi</t>
   </si>
   <si>
     <t xml:space="preserve">06 22 25 94 27</t>
   </si>
   <si>
     <t xml:space="preserve">1067337D</t>
   </si>
   <si>
     <t xml:space="preserve">LEBEL</t>
   </si>
   <si>
     <t xml:space="preserve">Antonin</t>
   </si>
   <si>
     <t xml:space="preserve">337 19/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30526/1125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">298 19/01/2023</t>
   </si>
   <si>
     <t xml:space="preserve">1067635P</t>
   </si>
   <si>
     <t xml:space="preserve">LEROY</t>
   </si>
   <si>
     <t xml:space="preserve">Lucien</t>
   </si>
   <si>
     <t xml:space="preserve">MARION</t>
   </si>
   <si>
     <t xml:space="preserve">0680328247</t>
   </si>
   <si>
     <t xml:space="preserve">marionrausch@hotmail.fr</t>
   </si>
   <si>
     <t xml:space="preserve">CEDRIC</t>
   </si>
   <si>
     <t xml:space="preserve">0608215526</t>
   </si>
@@ -803,96 +836,105 @@
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve">327</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve"> 24/06/15</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">1032075X</t>
   </si>
   <si>
     <t xml:space="preserve">PAIGNON</t>
   </si>
   <si>
+    <t xml:space="preserve">332 19/01/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">310 19/01/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">2025-10-31</t>
   </si>
   <si>
     <t xml:space="preserve">1064825N</t>
   </si>
   <si>
     <t xml:space="preserve">PERREE</t>
   </si>
   <si>
     <t xml:space="preserve">Regis</t>
   </si>
   <si>
     <t xml:space="preserve">1064796K</t>
   </si>
   <si>
     <t xml:space="preserve">PERROTTE</t>
   </si>
   <si>
     <t xml:space="preserve">Nelly</t>
   </si>
   <si>
     <t xml:space="preserve">0932953E</t>
   </si>
   <si>
     <t xml:space="preserve">Luc</t>
   </si>
   <si>
     <t xml:space="preserve">Arc à Poulies</t>
   </si>
   <si>
     <t xml:space="preserve">1059205J</t>
   </si>
   <si>
     <t xml:space="preserve">POIGNANT</t>
   </si>
   <si>
     <t xml:space="preserve">66.22</t>
   </si>
   <si>
     <t xml:space="preserve">1071202U</t>
   </si>
   <si>
     <t xml:space="preserve">POILBLAN</t>
   </si>
   <si>
     <t xml:space="preserve">Lila</t>
+  </si>
+  <si>
+    <t xml:space="preserve">312 19/01/2026</t>
   </si>
   <si>
     <t xml:space="preserve">0048313P</t>
   </si>
   <si>
     <t xml:space="preserve">POTIGNON</t>
   </si>
   <si>
     <t xml:space="preserve">Clemence</t>
   </si>
   <si>
     <t xml:space="preserve">0020721Y</t>
   </si>
   <si>
     <t xml:space="preserve">RABASSE</t>
   </si>
   <si>
     <t xml:space="preserve">Lino</t>
   </si>
   <si>
     <t xml:space="preserve">formateur  résutats  concours</t>
   </si>
   <si>
     <t xml:space="preserve">U21</t>
   </si>
@@ -1000,131 +1042,198 @@
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve"> 24/06/19</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">2025-09-10</t>
   </si>
   <si>
     <t xml:space="preserve">1049178S</t>
   </si>
   <si>
     <t xml:space="preserve">SONTHONNAX</t>
   </si>
   <si>
     <t xml:space="preserve">2025-09-02</t>
   </si>
   <si>
-    <t xml:space="preserve">1014611F </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">100ptfx1</t>
   </si>
   <si>
     <t xml:space="preserve">110pts 1</t>
   </si>
   <si>
     <t xml:space="preserve">110pts2</t>
   </si>
   <si>
     <t xml:space="preserve">120pts</t>
   </si>
   <si>
     <t xml:space="preserve">314 19/11/25</t>
   </si>
   <si>
+    <t xml:space="preserve">128  26/11/58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">147 26/11/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">301 19/11/25</t>
   </si>
   <si>
+    <t xml:space="preserve">119 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">128 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">110 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 21/11/58</t>
+  </si>
+  <si>
+    <t xml:space="preserve">121 26/11/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">29/01/25 136</t>
   </si>
   <si>
     <t xml:space="preserve">29/01/25 153</t>
   </si>
   <si>
     <t xml:space="preserve">29/01/25 159</t>
   </si>
   <si>
     <t xml:space="preserve">26/3825 153</t>
   </si>
   <si>
     <t xml:space="preserve">26/3/25 153</t>
   </si>
   <si>
     <t xml:space="preserve">26/03/25 153</t>
   </si>
   <si>
     <t xml:space="preserve">26/03/25 157</t>
   </si>
   <si>
+    <t xml:space="preserve">180 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">184 26/11/25</t>
+  </si>
+  <si>
     <t xml:space="preserve">29/1/25 163</t>
   </si>
   <si>
     <t xml:space="preserve">29/1/25 166</t>
   </si>
   <si>
     <t xml:space="preserve">26/03/25 161</t>
   </si>
   <si>
     <t xml:space="preserve">26/03/25 171</t>
   </si>
   <si>
     <t xml:space="preserve">26/1/25 163</t>
   </si>
   <si>
+    <t xml:space="preserve">149 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">158 26//1125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">158 26//11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">179 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">118 19/01/26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133 19/01/2026133 19/01/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">133 19/01/2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">29/01/25 155</t>
   </si>
   <si>
     <t xml:space="preserve">29/01/25 157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">112 19/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58 26//1125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">124 26/11/25</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18  m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAE National</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TAE inter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Campagne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nature</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3 D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="General"/>
     <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
+    <numFmt numFmtId="166" formatCode="# ?/?"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
@@ -1174,58 +1283,65 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="0"/>
       <charset val="1"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
-  <fills count="15">
+  <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FF003300"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0000FF"/>
         <bgColor rgb="FF0000FF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF3333"/>
         <bgColor rgb="FFFF0000"/>
       </patternFill>
     </fill>
     <fill>
@@ -1256,58 +1372,52 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor rgb="FFFFFF66"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor rgb="FFFF3333"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF996600"/>
         <bgColor rgb="FF993300"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF3333FF"/>
-[...6 lines deleted...]
-        <bgColor rgb="FF000080"/>
+        <fgColor rgb="FF6666FF"/>
+        <bgColor rgb="FF666699"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left style="thin"/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right style="thin"/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -1348,51 +1458,51 @@
   <cellStyleXfs count="20">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
   </cellStyleXfs>
-  <cellXfs count="69">
+  <cellXfs count="92">
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="4" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
@@ -1441,244 +1551,336 @@
     </xf>
     <xf numFmtId="164" fontId="6" fillId="9" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="6" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="7" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="8" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="10" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="8" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="164" fontId="5" fillId="11" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="11" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="11" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="11" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="4" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="12" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="7" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
-      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="13" borderId="3" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="5" borderId="3" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="13" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="5" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="14" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="7" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="8" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="13" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="14" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="165" fontId="7" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="2" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="166" fontId="0" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="2" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="14" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+    <xf numFmtId="164" fontId="15" fillId="13" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="13" borderId="3" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="5" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+    <xf numFmtId="164" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="11" borderId="3" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="15" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
     <cellStyle name="Currency" xfId="17" builtinId="4"/>
     <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
     <cellStyle name="Percent" xfId="19" builtinId="5"/>
   </cellStyles>
-  <dxfs count="14">
+  <dxfs count="13">
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFFFF"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FF000000"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
@@ -1733,138 +1935,178 @@
         <patternFill patternType="solid">
           <fgColor rgb="FFCC9900"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFCCCCCC"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <fgColor rgb="FFFFFF00"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
-          <fgColor rgb="FF000099"/>
-[...7 lines deleted...]
-          <fgColor rgb="FF3333FF"/>
+          <fgColor rgb="FF6666FF"/>
           <bgColor rgb="FF000000"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
-      <rgbColor rgb="FF000099"/>
+      <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF996600"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFCCCCCC"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FFFFFF66"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FF660066"/>
       <rgbColor rgb="FFFF8080"/>
       <rgbColor rgb="FF0066CC"/>
       <rgbColor rgb="FFCCCCFF"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FF00CCFF"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FFCCFFCC"/>
       <rgbColor rgb="FFFFFF99"/>
       <rgbColor rgb="FF99CCFF"/>
       <rgbColor rgb="FFFF99CC"/>
       <rgbColor rgb="FFCC99FF"/>
       <rgbColor rgb="FFFFCC99"/>
-      <rgbColor rgb="FF3366FF"/>
+      <rgbColor rgb="FF6666FF"/>
       <rgbColor rgb="FF33CCCC"/>
       <rgbColor rgb="FF99CC00"/>
       <rgbColor rgb="FFFFCC00"/>
       <rgbColor rgb="FFCC9900"/>
       <rgbColor rgb="FFFF3333"/>
       <rgbColor rgb="FF666699"/>
       <rgbColor rgb="FF969696"/>
       <rgbColor rgb="FF003366"/>
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
-      <rgbColor rgb="FF3333FF"/>
+      <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/>
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+</file>
+
+<file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>12600</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>360</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>496800</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>741960</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="1" name="Image 1" descr=""/>
+        <xdr:cNvPicPr/>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip r:embed="rId1"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4168080" y="27451440"/>
+          <a:ext cx="484200" cy="741600"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="0">
+          <a:noFill/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Office">
   <a:themeElements>
     <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="ffffff"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="18a303"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="0369a3"/>
       </a:accent2>
       <a:accent3>
@@ -1939,59 +2181,64 @@
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/>
 </Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/>
+</Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:BS40"/>
   <sheetViews>
-    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="73" zoomScaleNormal="73" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="A36" activeCellId="0" sqref="A36"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A19" colorId="64" zoomScale="73" zoomScaleNormal="73" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="E33" activeCellId="0" sqref="E33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" customHeight="true" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="14.93"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="2" width="7.69"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="2" width="19.88"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="3" width="16.45"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="4" width="14.55"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="5" width="14.16"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="6" width="14.16"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="7" width="14.16"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="8" width="10.54"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="9" width="14.16"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="11" min="11" style="10" width="14.16"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="12" min="12" style="11" width="14.1"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="23" min="23" style="2" width="7.5"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="24" min="24" style="2" width="23.69"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="25" min="25" style="2" width="12.83"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="26" min="26" style="2" width="21.03"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="27" min="27" style="2" width="14.35"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="28" min="28" style="2" width="10.93"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="29" min="29" style="2" width="15.12"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="30" min="30" style="2" width="17.97"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="31" min="31" style="2" width="13.41"/>
@@ -2432,80 +2679,83 @@
         <v>95</v>
       </c>
       <c r="BO3" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ3" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS3" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="4" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A4" s="12" t="s">
         <v>96</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>97</v>
       </c>
       <c r="C4" s="12" t="s">
         <v>98</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>99</v>
       </c>
+      <c r="F4" s="23" t="s">
+        <v>100</v>
+      </c>
       <c r="L4" s="20"/>
       <c r="W4" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X4" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="Y4" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z4" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA4" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB4" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC4" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD4" s="22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AE4" s="22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF4" s="22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AG4" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI4" s="22" t="s">
         <v>71</v>
       </c>
       <c r="AK4" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL4" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO4" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP4" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ4" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR4" s="22" t="s">
         <v>77</v>
       </c>
@@ -2526,97 +2776,97 @@
       </c>
       <c r="BA4" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB4" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC4" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL4" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO4" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ4" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS4" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="5" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A5" s="12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="L5" s="20"/>
       <c r="W5" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X5" s="22" t="n">
         <v>2021</v>
       </c>
       <c r="Y5" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z5" s="22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AA5" s="22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="AB5" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC5" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD5" s="22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AE5" s="22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AF5" s="22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AG5" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI5" s="22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AK5" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL5" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO5" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP5" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ5" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR5" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS5" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT5" s="22" t="s">
         <v>79</v>
       </c>
@@ -2637,103 +2887,103 @@
       </c>
       <c r="BC5" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL5" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM5" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN5" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO5" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ5" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS5" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="6" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A6" s="12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E6" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="F6" s="24" t="s">
+      <c r="E6" s="24" t="s">
         <v>111</v>
       </c>
-      <c r="G6" s="25" t="s">
+      <c r="F6" s="25" t="s">
         <v>112</v>
       </c>
-      <c r="H6" s="26" t="s">
+      <c r="G6" s="26" t="s">
         <v>113</v>
+      </c>
+      <c r="H6" s="27" t="s">
+        <v>114</v>
       </c>
       <c r="L6" s="20"/>
       <c r="W6" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X6" s="22" t="n">
         <v>2015</v>
       </c>
       <c r="Y6" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z6" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA6" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB6" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC6" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD6" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE6" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AF6" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG6" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI6" s="22" t="s">
         <v>71</v>
       </c>
       <c r="AK6" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL6" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO6" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP6" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ6" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR6" s="22" t="s">
         <v>77</v>
       </c>
@@ -2760,142 +3010,142 @@
       </c>
       <c r="BC6" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL6" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM6" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN6" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO6" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ6" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS6" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A7" s="12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C7" s="12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D7" s="12" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="H7" s="26"/>
+        <v>118</v>
+      </c>
+      <c r="E7" s="24"/>
+      <c r="F7" s="25"/>
+      <c r="G7" s="26"/>
+      <c r="H7" s="27"/>
       <c r="L7" s="20"/>
       <c r="W7" s="22"/>
       <c r="X7" s="22"/>
       <c r="Y7" s="22"/>
       <c r="Z7" s="22"/>
       <c r="AA7" s="22"/>
       <c r="AB7" s="22"/>
       <c r="AC7" s="22"/>
       <c r="AD7" s="22"/>
       <c r="AE7" s="22"/>
       <c r="AF7" s="22"/>
       <c r="AG7" s="22"/>
       <c r="AI7" s="22"/>
       <c r="AK7" s="22"/>
       <c r="AL7" s="22"/>
       <c r="AO7" s="22"/>
       <c r="AP7" s="22"/>
       <c r="AQ7" s="22"/>
       <c r="AR7" s="22"/>
       <c r="AS7" s="22"/>
       <c r="AT7" s="22"/>
       <c r="AU7" s="22"/>
       <c r="AW7" s="22"/>
       <c r="AZ7" s="22"/>
       <c r="BA7" s="22"/>
       <c r="BB7" s="22"/>
       <c r="BC7" s="22"/>
       <c r="BL7" s="22"/>
       <c r="BM7" s="22"/>
       <c r="BN7" s="22"/>
       <c r="BO7" s="22"/>
       <c r="BQ7" s="22"/>
       <c r="BS7" s="22"/>
     </row>
     <row r="8" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A8" s="12" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D8" s="12" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="L8" s="20"/>
       <c r="W8" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X8" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="Y8" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z8" s="22" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AA8" s="22" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AB8" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC8" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD8" s="22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE8" s="22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AF8" s="22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AG8" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI8" s="22" t="s">
         <v>71</v>
       </c>
       <c r="AK8" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL8" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO8" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP8" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ8" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR8" s="22" t="s">
         <v>77</v>
       </c>
@@ -2916,91 +3166,91 @@
       </c>
       <c r="BA8" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB8" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC8" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL8" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO8" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ8" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS8" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="9" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A9" s="12" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="12" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="L9" s="20"/>
       <c r="W9" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X9" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="Y9" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z9" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA9" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB9" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC9" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD9" s="22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AE9" s="22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AF9" s="22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AG9" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI9" s="22" t="s">
         <v>71</v>
       </c>
       <c r="AK9" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL9" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO9" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP9" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ9" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR9" s="22" t="s">
         <v>77</v>
       </c>
@@ -3021,97 +3271,97 @@
       </c>
       <c r="BA9" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB9" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC9" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL9" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO9" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ9" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS9" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="10" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A10" s="12" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="12" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D10" s="12" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="L10" s="20"/>
       <c r="W10" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X10" s="22" t="n">
         <v>2006</v>
       </c>
       <c r="Y10" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z10" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA10" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB10" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC10" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD10" s="22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AE10" s="22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AF10" s="22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AG10" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI10" s="22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="AK10" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL10" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO10" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP10" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ10" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR10" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS10" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT10" s="22" t="s">
         <v>79</v>
       </c>
@@ -3132,349 +3382,258 @@
       </c>
       <c r="BC10" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL10" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM10" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN10" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO10" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ10" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS10" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="11" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A11" s="12" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="12" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D11" s="12" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L11" s="20"/>
       <c r="W11" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X11" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="Y11" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z11" s="22" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AA11" s="22" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="AB11" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC11" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD11" s="22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AE11" s="22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF11" s="22" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AG11" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI11" s="22" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="AK11" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL11" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO11" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP11" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ11" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR11" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS11" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT11" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU11" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW11" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ11" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA11" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB11" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC11" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BD11" s="22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BE11" s="22" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="BF11" s="22" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="BG11" s="22" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="BH11" s="22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="BI11" s="22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="BJ11" s="22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="BL11" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO11" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ11" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS11" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A12" s="12" t="s">
-        <v>144</v>
+      <c r="A12" s="28" t="s">
+        <v>145</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="D12" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" s="28" t="s">
         <v>146</v>
       </c>
-      <c r="E12" s="27" t="s">
+      <c r="D12" s="29" t="s">
         <v>147</v>
       </c>
-      <c r="F12" s="28" t="s">
-[...33 lines deleted...]
-      <c r="AD12" s="22" t="s">
+      <c r="E12" s="29" t="s">
         <v>148</v>
       </c>
-      <c r="AE12" s="22" t="s">
-[...69 lines deleted...]
-        <v>68</v>
+      <c r="F12" s="23" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="13" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A13" s="12" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="12" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D13" s="12" t="s">
-        <v>151</v>
+        <v>152</v>
+      </c>
+      <c r="E13" s="30" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" s="31" t="s">
+        <v>153</v>
+      </c>
+      <c r="G13" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="H13" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="I13" s="34" t="s">
+        <v>153</v>
       </c>
       <c r="L13" s="20"/>
       <c r="W13" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X13" s="22" t="n">
-        <v>2020</v>
+        <v>2002</v>
       </c>
       <c r="Y13" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z13" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA13" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB13" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC13" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD13" s="22" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="AE13" s="22" t="s">
-        <v>114</v>
+        <v>154</v>
       </c>
       <c r="AF13" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG13" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI13" s="22" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="AK13" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL13" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO13" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP13" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ13" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR13" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS13" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT13" s="22" t="s">
         <v>79</v>
       </c>
@@ -3495,116 +3654,97 @@
       </c>
       <c r="BC13" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL13" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM13" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN13" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO13" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ13" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS13" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="14" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A14" s="12" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C14" s="12" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D14" s="12" t="s">
-        <v>154</v>
-[...17 lines deleted...]
-      <c r="L14" s="32"/>
+        <v>157</v>
+      </c>
+      <c r="L14" s="20"/>
       <c r="W14" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X14" s="22" t="n">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="Y14" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z14" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA14" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB14" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC14" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD14" s="22" t="s">
-        <v>155</v>
+        <v>115</v>
       </c>
       <c r="AE14" s="22" t="s">
-        <v>155</v>
+        <v>115</v>
       </c>
       <c r="AF14" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG14" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="AH14" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AI14" s="22" t="s">
-        <v>132</v>
+        <v>71</v>
       </c>
       <c r="AK14" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL14" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO14" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP14" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ14" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR14" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS14" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT14" s="22" t="s">
         <v>79</v>
       </c>
@@ -3625,1031 +3765,1058 @@
       </c>
       <c r="BC14" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL14" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM14" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN14" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO14" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ14" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS14" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A15" s="12" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="C15" s="12" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D15" s="12" t="s">
-        <v>159</v>
-      </c>
+        <v>160</v>
+      </c>
+      <c r="E15" s="30" t="s">
+        <v>153</v>
+      </c>
+      <c r="F15" s="31" t="s">
+        <v>153</v>
+      </c>
+      <c r="G15" s="32" t="s">
+        <v>153</v>
+      </c>
+      <c r="H15" s="33" t="s">
+        <v>153</v>
+      </c>
+      <c r="I15" s="34" t="s">
+        <v>153</v>
+      </c>
+      <c r="K15" s="19"/>
+      <c r="L15" s="35"/>
       <c r="W15" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X15" s="22" t="n">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="Y15" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z15" s="22" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="AA15" s="22" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="AB15" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC15" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD15" s="22" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="AE15" s="22" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="AF15" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG15" s="22" t="s">
         <v>70</v>
       </c>
+      <c r="AH15" s="22" t="s">
+        <v>162</v>
+      </c>
       <c r="AI15" s="22" t="s">
-        <v>106</v>
+        <v>133</v>
       </c>
       <c r="AK15" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL15" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO15" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP15" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ15" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR15" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS15" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT15" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU15" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW15" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ15" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA15" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB15" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC15" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="BD15" s="22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="BL15" s="22" t="s">
         <v>68</v>
+      </c>
+      <c r="BM15" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="BN15" s="22" t="s">
+        <v>95</v>
       </c>
       <c r="BO15" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ15" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS15" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="16" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A16" s="12" t="s">
         <v>163</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="C16" s="12" t="s">
         <v>164</v>
       </c>
       <c r="D16" s="12" t="s">
         <v>165</v>
       </c>
-      <c r="E16" s="33" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="W16" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X16" s="22" t="n">
         <v>2025</v>
       </c>
       <c r="Y16" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z16" s="22" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="AA16" s="22" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="AB16" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC16" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD16" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE16" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AF16" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG16" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI16" s="22" t="s">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="AK16" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL16" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO16" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP16" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ16" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR16" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS16" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT16" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU16" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW16" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ16" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA16" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB16" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC16" s="22" t="s">
         <v>85</v>
       </c>
+      <c r="BD16" s="22" t="s">
+        <v>166</v>
+      </c>
+      <c r="BE16" s="22" t="s">
+        <v>167</v>
+      </c>
+      <c r="BF16" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="BK16" s="22" t="s">
+        <v>80</v>
+      </c>
       <c r="BL16" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO16" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ16" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS16" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="17" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A17" s="34" t="s">
-[...5 lines deleted...]
-      <c r="C17" s="34" t="s">
+      <c r="A17" s="12" t="s">
         <v>169</v>
       </c>
-      <c r="D17" s="34" t="s">
+      <c r="B17" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="12" t="s">
         <v>170</v>
       </c>
-      <c r="W17" s="35" t="n">
+      <c r="D17" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="E17" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="F17" s="37" t="s">
+        <v>173</v>
+      </c>
+      <c r="G17" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="W17" s="22" t="n">
         <v>2026</v>
       </c>
-      <c r="X17" s="35" t="n">
+      <c r="X17" s="22" t="n">
+        <v>2025</v>
+      </c>
+      <c r="Y17" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z17" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA17" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB17" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC17" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD17" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE17" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF17" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG17" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI17" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK17" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL17" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO17" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP17" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ17" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR17" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS17" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT17" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU17" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW17" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ17" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA17" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB17" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="BC17" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="BL17" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO17" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ17" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS17" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A18" s="38" t="s">
+        <v>175</v>
+      </c>
+      <c r="B18" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="38" t="s">
+        <v>176</v>
+      </c>
+      <c r="D18" s="38" t="s">
+        <v>177</v>
+      </c>
+      <c r="W18" s="39" t="n">
+        <v>2026</v>
+      </c>
+      <c r="X18" s="39" t="n">
         <v>2023</v>
       </c>
-      <c r="Y17" s="35" t="s">
+      <c r="Y18" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="Z17" s="35" t="s">
+      <c r="Z18" s="39" t="s">
         <v>89</v>
       </c>
-      <c r="AA17" s="35" t="s">
+      <c r="AA18" s="39" t="s">
         <v>90</v>
       </c>
-      <c r="AB17" s="35" t="s">
-[...14 lines deleted...]
-      <c r="AG17" s="35" t="s">
+      <c r="AB18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD18" s="39" t="s">
+        <v>178</v>
+      </c>
+      <c r="AE18" s="39" t="s">
+        <v>178</v>
+      </c>
+      <c r="AF18" s="39" t="s">
+        <v>178</v>
+      </c>
+      <c r="AG18" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="AH17" s="35" t="s">
+      <c r="AH18" s="39" t="s">
         <v>93</v>
       </c>
-      <c r="AI17" s="35" t="s">
+      <c r="AI18" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="AJ17" s="36"/>
-      <c r="AK17" s="35" t="s">
+      <c r="AJ18" s="40"/>
+      <c r="AK18" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="AL17" s="35" t="s">
+      <c r="AL18" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="AM17" s="36"/>
-[...1 lines deleted...]
-      <c r="AO17" s="35" t="s">
+      <c r="AM18" s="40"/>
+      <c r="AN18" s="40"/>
+      <c r="AO18" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="AP17" s="35" t="s">
+      <c r="AP18" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="AQ17" s="35" t="s">
+      <c r="AQ18" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AR17" s="35" t="s">
+      <c r="AR18" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="AS17" s="35" t="s">
+      <c r="AS18" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="AT17" s="35" t="s">
+      <c r="AT18" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="AU17" s="35" t="s">
+      <c r="AU18" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="AV17" s="36"/>
-      <c r="AW17" s="35" t="s">
+      <c r="AV18" s="40"/>
+      <c r="AW18" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="AX17" s="36"/>
-[...1 lines deleted...]
-      <c r="AZ17" s="35" t="s">
+      <c r="AX18" s="40"/>
+      <c r="AY18" s="40"/>
+      <c r="AZ18" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="BA17" s="35" t="s">
+      <c r="BA18" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="BB17" s="35" t="s">
+      <c r="BB18" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="BC17" s="35" t="s">
+      <c r="BC18" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="BD17" s="36"/>
-[...11 lines deleted...]
-      <c r="BN17" s="35" t="s">
+      <c r="BD18" s="40"/>
+      <c r="BE18" s="40"/>
+      <c r="BF18" s="40"/>
+      <c r="BG18" s="40"/>
+      <c r="BH18" s="40"/>
+      <c r="BI18" s="40"/>
+      <c r="BJ18" s="40"/>
+      <c r="BK18" s="40"/>
+      <c r="BL18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM18" s="40"/>
+      <c r="BN18" s="39" t="s">
         <v>95</v>
       </c>
-      <c r="BO17" s="35" t="s">
-[...127 lines deleted...]
-      <c r="BS18" s="22" t="s">
+      <c r="BO18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP18" s="40"/>
+      <c r="BQ18" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR18" s="40"/>
+      <c r="BS18" s="39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="19" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A19" s="12" t="s">
         <v>179</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="C19" s="12" t="s">
         <v>180</v>
       </c>
       <c r="D19" s="12" t="s">
         <v>181</v>
       </c>
-      <c r="E19" s="13" t="s">
-        <v>182</v>
+      <c r="E19" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="F19" s="14"/>
+      <c r="G19" s="15" t="s">
+        <v>174</v>
       </c>
       <c r="W19" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X19" s="22" t="n">
         <v>2025</v>
       </c>
       <c r="Y19" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z19" s="22" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="AA19" s="22" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="AB19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD19" s="22" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="AE19" s="22" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="AF19" s="22" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="AG19" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI19" s="22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="AK19" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL19" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO19" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP19" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ19" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR19" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS19" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT19" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU19" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW19" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ19" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA19" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB19" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC19" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BD19" s="22" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="BE19" s="22" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="BF19" s="22" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="BL19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS19" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="20" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A20" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="C20" s="12" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D20" s="12" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="E20" s="37" t="s">
         <v>188</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>189</v>
       </c>
       <c r="W20" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X20" s="22" t="n">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="Y20" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z20" s="22" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="AA20" s="22" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="AB20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD20" s="22" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="AE20" s="22" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="AF20" s="22" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="AG20" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI20" s="22" t="s">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="AK20" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL20" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO20" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP20" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ20" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR20" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS20" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT20" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU20" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW20" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ20" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA20" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB20" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC20" s="22" t="s">
         <v>85</v>
       </c>
+      <c r="BD20" s="22" t="s">
+        <v>187</v>
+      </c>
+      <c r="BE20" s="22" t="s">
+        <v>190</v>
+      </c>
+      <c r="BF20" s="22" t="s">
+        <v>191</v>
+      </c>
       <c r="BL20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ20" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS20" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="21" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A21" s="12" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="12" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="E21" s="37"/>
+        <v>194</v>
+      </c>
+      <c r="E21" s="29" t="s">
+        <v>195</v>
+      </c>
+      <c r="F21" s="23" t="s">
+        <v>196</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>197</v>
+      </c>
       <c r="W21" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X21" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="Y21" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z21" s="22" t="s">
-        <v>175</v>
+        <v>122</v>
       </c>
       <c r="AA21" s="22" t="s">
-        <v>175</v>
+        <v>123</v>
       </c>
       <c r="AB21" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC21" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD21" s="22" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="AE21" s="22" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="AF21" s="22" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="AG21" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI21" s="22" t="s">
-        <v>106</v>
+        <v>71</v>
       </c>
       <c r="AK21" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL21" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO21" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP21" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ21" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR21" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS21" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT21" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU21" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW21" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ21" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA21" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB21" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC21" s="22" t="s">
         <v>85</v>
       </c>
-      <c r="BD21" s="22" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="BL21" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BO21" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ21" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS21" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="22" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A22" s="12" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="12" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D22" s="12" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E22" s="37"/>
+        <v>200</v>
+      </c>
+      <c r="E22" s="29"/>
       <c r="W22" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X22" s="22" t="n">
-        <v>2017</v>
+        <v>2026</v>
       </c>
       <c r="Y22" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z22" s="22" t="s">
-        <v>89</v>
+        <v>182</v>
       </c>
       <c r="AA22" s="22" t="s">
-        <v>90</v>
+        <v>182</v>
       </c>
       <c r="AB22" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC22" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD22" s="22" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="AE22" s="22" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="AF22" s="22" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="AG22" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI22" s="22" t="s">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="AK22" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL22" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO22" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP22" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ22" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR22" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS22" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT22" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU22" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW22" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ22" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA22" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB22" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC22" s="22" t="s">
         <v>85</v>
       </c>
+      <c r="BD22" s="22" t="s">
+        <v>199</v>
+      </c>
+      <c r="BE22" s="22" t="s">
+        <v>201</v>
+      </c>
+      <c r="BF22" s="22" t="s">
+        <v>202</v>
+      </c>
+      <c r="BG22" s="22" t="s">
+        <v>203</v>
+      </c>
+      <c r="BH22" s="22" t="s">
+        <v>199</v>
+      </c>
+      <c r="BI22" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="BJ22" s="22" t="s">
+        <v>205</v>
+      </c>
       <c r="BL22" s="22" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="BO22" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ22" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS22" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="23" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A23" s="12" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="12" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>202</v>
-[...1 lines deleted...]
-      <c r="E23" s="37"/>
+        <v>208</v>
+      </c>
+      <c r="E23" s="29"/>
       <c r="W23" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X23" s="22" t="n">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="Y23" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z23" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA23" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB23" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC23" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD23" s="22" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="AE23" s="22" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="AF23" s="22" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="AG23" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI23" s="22" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="AK23" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL23" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO23" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP23" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ23" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR23" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS23" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT23" s="22" t="s">
         <v>79</v>
       </c>
@@ -4670,93 +4837,91 @@
       </c>
       <c r="BC23" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL23" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM23" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN23" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO23" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ23" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS23" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="24" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A24" s="12" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="12" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="D24" s="12" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="E24" s="29"/>
       <c r="W24" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X24" s="22" t="n">
-        <v>2003</v>
+        <v>2020</v>
       </c>
       <c r="Y24" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z24" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA24" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB24" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC24" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD24" s="22" t="s">
-        <v>114</v>
+        <v>212</v>
       </c>
       <c r="AE24" s="22" t="s">
-        <v>114</v>
+        <v>212</v>
       </c>
       <c r="AF24" s="22" t="s">
-        <v>114</v>
+        <v>212</v>
       </c>
       <c r="AG24" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI24" s="22" t="s">
         <v>71</v>
       </c>
       <c r="AK24" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL24" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO24" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP24" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ24" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR24" s="22" t="s">
         <v>77</v>
       </c>
@@ -4765,2129 +4930,3056 @@
       </c>
       <c r="AT24" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU24" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW24" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ24" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA24" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB24" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC24" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL24" s="22" t="s">
         <v>68</v>
       </c>
+      <c r="BM24" s="22" t="s">
+        <v>94</v>
+      </c>
       <c r="BN24" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO24" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ24" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS24" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A25" s="12" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C25" s="12" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D25" s="12" t="s">
-        <v>210</v>
-[...20 lines deleted...]
-        <v>213</v>
+        <v>215</v>
+      </c>
+      <c r="E25" s="13" t="s">
+        <v>216</v>
       </c>
       <c r="W25" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X25" s="22" t="n">
-        <v>2010</v>
+        <v>2003</v>
       </c>
       <c r="Y25" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z25" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA25" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB25" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC25" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD25" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AE25" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AF25" s="22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AG25" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI25" s="22" t="s">
-        <v>132</v>
+        <v>71</v>
       </c>
       <c r="AK25" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL25" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO25" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP25" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ25" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR25" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS25" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT25" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU25" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW25" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ25" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA25" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB25" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC25" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL25" s="22" t="s">
         <v>68</v>
       </c>
-      <c r="BM25" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="BN25" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO25" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ25" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS25" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="26" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A26" s="34" t="s">
-[...11 lines deleted...]
-      <c r="W26" s="35" t="n">
+      <c r="A26" s="12" t="s">
+        <v>217</v>
+      </c>
+      <c r="B26" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="12" t="s">
+        <v>218</v>
+      </c>
+      <c r="D26" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="E26" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="F26" s="42" t="s">
+        <v>220</v>
+      </c>
+      <c r="G26" s="43" t="s">
+        <v>153</v>
+      </c>
+      <c r="H26" s="44" t="s">
+        <v>153</v>
+      </c>
+      <c r="I26" s="45" t="s">
+        <v>153</v>
+      </c>
+      <c r="J26" s="46" t="s">
+        <v>221</v>
+      </c>
+      <c r="K26" s="47" t="s">
+        <v>222</v>
+      </c>
+      <c r="W26" s="22" t="n">
         <v>2026</v>
       </c>
-      <c r="X26" s="35" t="n">
+      <c r="X26" s="22" t="n">
+        <v>2010</v>
+      </c>
+      <c r="Y26" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z26" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA26" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB26" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC26" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD26" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AE26" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AF26" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG26" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI26" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="AK26" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL26" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO26" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP26" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ26" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR26" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS26" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT26" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU26" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW26" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ26" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA26" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB26" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="BC26" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="BL26" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM26" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="BN26" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="BO26" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ26" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS26" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="27" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A27" s="38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B27" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>224</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>184</v>
+      </c>
+      <c r="E27" s="29" t="s">
+        <v>225</v>
+      </c>
+      <c r="F27" s="23" t="s">
+        <v>226</v>
+      </c>
+      <c r="W27" s="39" t="n">
+        <v>2026</v>
+      </c>
+      <c r="X27" s="39" t="n">
         <v>2025</v>
       </c>
-      <c r="Y26" s="35" t="s">
+      <c r="Y27" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="Z26" s="35" t="s">
+      <c r="Z27" s="39" t="s">
         <v>89</v>
       </c>
-      <c r="AA26" s="35" t="s">
+      <c r="AA27" s="39" t="s">
         <v>90</v>
       </c>
-      <c r="AB26" s="35" t="s">
-[...14 lines deleted...]
-      <c r="AG26" s="35" t="s">
+      <c r="AB27" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC27" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD27" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AE27" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AF27" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AG27" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="AH26" s="36"/>
-      <c r="AI26" s="35" t="s">
+      <c r="AH27" s="40"/>
+      <c r="AI27" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="AJ26" s="36"/>
-      <c r="AK26" s="35" t="s">
+      <c r="AJ27" s="40"/>
+      <c r="AK27" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="AL26" s="35" t="s">
+      <c r="AL27" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="AM26" s="36"/>
-[...1 lines deleted...]
-      <c r="AO26" s="35" t="s">
+      <c r="AM27" s="40"/>
+      <c r="AN27" s="40"/>
+      <c r="AO27" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="AP26" s="35" t="s">
+      <c r="AP27" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="AQ26" s="35" t="s">
+      <c r="AQ27" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AR26" s="35" t="s">
+      <c r="AR27" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="AS26" s="35" t="s">
+      <c r="AS27" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="AT26" s="35" t="s">
+      <c r="AT27" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="AU26" s="35" t="s">
+      <c r="AU27" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="AV26" s="36"/>
-      <c r="AW26" s="35" t="s">
+      <c r="AV27" s="40"/>
+      <c r="AW27" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="AX26" s="36"/>
-[...1 lines deleted...]
-      <c r="AZ26" s="35" t="s">
+      <c r="AX27" s="40"/>
+      <c r="AY27" s="40"/>
+      <c r="AZ27" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="BA26" s="35" t="s">
+      <c r="BA27" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="BB26" s="35" t="s">
+      <c r="BB27" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="BC26" s="35" t="s">
+      <c r="BC27" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="BD26" s="36"/>
-[...37 lines deleted...]
-      <c r="W27" s="35" t="n">
+      <c r="BD27" s="40"/>
+      <c r="BE27" s="40"/>
+      <c r="BF27" s="40"/>
+      <c r="BG27" s="40"/>
+      <c r="BH27" s="40"/>
+      <c r="BI27" s="40"/>
+      <c r="BJ27" s="40"/>
+      <c r="BK27" s="40"/>
+      <c r="BL27" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM27" s="40"/>
+      <c r="BN27" s="40"/>
+      <c r="BO27" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP27" s="40"/>
+      <c r="BQ27" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR27" s="40"/>
+      <c r="BS27" s="39" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B28" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="38" t="s">
+        <v>229</v>
+      </c>
+      <c r="D28" s="38" t="s">
+        <v>230</v>
+      </c>
+      <c r="W28" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="X27" s="35" t="n">
+      <c r="X28" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="Y27" s="35" t="s">
+      <c r="Y28" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="Z27" s="35" t="s">
+      <c r="Z28" s="39" t="s">
         <v>66</v>
       </c>
-      <c r="AA27" s="35" t="s">
+      <c r="AA28" s="39" t="s">
         <v>67</v>
       </c>
-      <c r="AB27" s="35" t="s">
-[...14 lines deleted...]
-      <c r="AG27" s="35" t="s">
+      <c r="AB28" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC28" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD28" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE28" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF28" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AG28" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="AH27" s="36"/>
-      <c r="AI27" s="35" t="s">
+      <c r="AH28" s="40"/>
+      <c r="AI28" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="AJ27" s="36"/>
-      <c r="AK27" s="35" t="s">
+      <c r="AJ28" s="40"/>
+      <c r="AK28" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="AL27" s="35" t="s">
+      <c r="AL28" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="AM27" s="36"/>
-[...1 lines deleted...]
-      <c r="AO27" s="35" t="s">
+      <c r="AM28" s="40"/>
+      <c r="AN28" s="40"/>
+      <c r="AO28" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="AP27" s="35" t="s">
+      <c r="AP28" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="AQ27" s="35" t="s">
+      <c r="AQ28" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AR27" s="35" t="s">
+      <c r="AR28" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="AS27" s="35" t="s">
+      <c r="AS28" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="AT27" s="35" t="s">
+      <c r="AT28" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="AU27" s="35" t="s">
+      <c r="AU28" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="AV27" s="36"/>
-      <c r="AW27" s="35" t="s">
+      <c r="AV28" s="40"/>
+      <c r="AW28" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="AX27" s="36"/>
-[...1 lines deleted...]
-      <c r="AZ27" s="35" t="s">
+      <c r="AX28" s="40"/>
+      <c r="AY28" s="40"/>
+      <c r="AZ28" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="BA27" s="35" t="s">
+      <c r="BA28" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="BB27" s="35" t="s">
+      <c r="BB28" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="BC27" s="35" t="s">
+      <c r="BC28" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="BD27" s="36"/>
-[...28 lines deleted...]
-      <c r="B28" s="34" t="s">
+      <c r="BD28" s="40"/>
+      <c r="BE28" s="40"/>
+      <c r="BF28" s="40"/>
+      <c r="BG28" s="40"/>
+      <c r="BH28" s="40"/>
+      <c r="BI28" s="40"/>
+      <c r="BJ28" s="40"/>
+      <c r="BK28" s="40"/>
+      <c r="BL28" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM28" s="40"/>
+      <c r="BN28" s="40"/>
+      <c r="BO28" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP28" s="40"/>
+      <c r="BQ28" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR28" s="40"/>
+      <c r="BS28" s="39" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B29" s="38" t="s">
         <v>97</v>
       </c>
-      <c r="C28" s="34" t="s">
-[...5 lines deleted...]
-      <c r="W28" s="35" t="n">
+      <c r="C29" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>233</v>
+      </c>
+      <c r="W29" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="X28" s="35" t="n">
+      <c r="X29" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="Y28" s="35" t="s">
+      <c r="Y29" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="Z28" s="35" t="s">
+      <c r="Z29" s="39" t="s">
         <v>89</v>
       </c>
-      <c r="AA28" s="35" t="s">
+      <c r="AA29" s="39" t="s">
         <v>90</v>
       </c>
-      <c r="AB28" s="35" t="s">
-[...14 lines deleted...]
-      <c r="AG28" s="35" t="s">
+      <c r="AB29" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC29" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD29" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AE29" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AF29" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="AG29" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="AH28" s="36"/>
-      <c r="AI28" s="35" t="s">
+      <c r="AH29" s="40"/>
+      <c r="AI29" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="AJ28" s="36"/>
-      <c r="AK28" s="35" t="s">
+      <c r="AJ29" s="40"/>
+      <c r="AK29" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="AL28" s="35" t="s">
+      <c r="AL29" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="AM28" s="36"/>
-[...1 lines deleted...]
-      <c r="AO28" s="35" t="s">
+      <c r="AM29" s="40"/>
+      <c r="AN29" s="40"/>
+      <c r="AO29" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="AP28" s="35" t="s">
+      <c r="AP29" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="AQ28" s="35" t="s">
+      <c r="AQ29" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AR28" s="35" t="s">
+      <c r="AR29" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="AS28" s="35" t="s">
+      <c r="AS29" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="AT28" s="35" t="s">
+      <c r="AT29" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="AU28" s="35" t="s">
+      <c r="AU29" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="AV28" s="36"/>
-      <c r="AW28" s="35" t="s">
+      <c r="AV29" s="40"/>
+      <c r="AW29" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="AX28" s="36"/>
-[...1 lines deleted...]
-      <c r="AZ28" s="35" t="s">
+      <c r="AX29" s="40"/>
+      <c r="AY29" s="40"/>
+      <c r="AZ29" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="BA28" s="35" t="s">
+      <c r="BA29" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="BB28" s="35" t="s">
+      <c r="BB29" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="BC28" s="35" t="s">
+      <c r="BC29" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="BD28" s="36"/>
-[...133 lines deleted...]
-      <c r="BS29" s="22" t="s">
+      <c r="BD29" s="40"/>
+      <c r="BE29" s="40"/>
+      <c r="BF29" s="40"/>
+      <c r="BG29" s="40"/>
+      <c r="BH29" s="40"/>
+      <c r="BI29" s="40"/>
+      <c r="BJ29" s="40"/>
+      <c r="BK29" s="40"/>
+      <c r="BL29" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM29" s="40"/>
+      <c r="BN29" s="40"/>
+      <c r="BO29" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP29" s="40"/>
+      <c r="BQ29" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR29" s="40"/>
+      <c r="BS29" s="39" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A30" s="12" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C30" s="12" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D30" s="12" t="s">
-        <v>165</v>
+        <v>235</v>
       </c>
       <c r="W30" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X30" s="22" t="n">
-        <v>2026</v>
+        <v>2017</v>
       </c>
       <c r="Y30" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z30" s="22" t="s">
         <v>89</v>
       </c>
       <c r="AA30" s="22" t="s">
         <v>90</v>
       </c>
       <c r="AB30" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC30" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD30" s="22" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="AE30" s="22" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="AF30" s="22" t="s">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="AG30" s="22" t="s">
         <v>70</v>
       </c>
+      <c r="AH30" s="22" t="s">
+        <v>93</v>
+      </c>
       <c r="AI30" s="22" t="s">
-        <v>228</v>
+        <v>133</v>
       </c>
       <c r="AK30" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL30" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO30" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP30" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ30" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR30" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS30" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT30" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU30" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW30" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ30" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA30" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB30" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC30" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL30" s="22" t="s">
         <v>68</v>
       </c>
+      <c r="BM30" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="BN30" s="22" t="s">
+        <v>236</v>
+      </c>
       <c r="BO30" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ30" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS30" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A31" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B31" s="34" t="s">
+      <c r="A31" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="W31" s="22" t="n">
+        <v>2026</v>
+      </c>
+      <c r="X31" s="22" t="n">
+        <v>2026</v>
+      </c>
+      <c r="Y31" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z31" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA31" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB31" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC31" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD31" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="AE31" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="AF31" s="22" t="s">
+        <v>69</v>
+      </c>
+      <c r="AG31" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI31" s="22" t="s">
+        <v>239</v>
+      </c>
+      <c r="AK31" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL31" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO31" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP31" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ31" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR31" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS31" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT31" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU31" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW31" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ31" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA31" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB31" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="BC31" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="BL31" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO31" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ31" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS31" s="22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A32" s="38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B32" s="38" t="s">
         <v>97</v>
       </c>
-      <c r="C31" s="34" t="s">
-[...5 lines deleted...]
-      <c r="W31" s="35" t="n">
+      <c r="C32" s="38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D32" s="38" t="s">
+        <v>242</v>
+      </c>
+      <c r="E32" s="29" t="s">
+        <v>243</v>
+      </c>
+      <c r="W32" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="X31" s="35" t="n">
+      <c r="X32" s="39" t="n">
         <v>2026</v>
       </c>
-      <c r="Y31" s="35" t="s">
+      <c r="Y32" s="39" t="s">
         <v>65</v>
       </c>
-      <c r="Z31" s="35" t="s">
-[...2 lines deleted...]
-      <c r="AA31" s="35" t="s">
+      <c r="Z32" s="39" t="s">
         <v>122</v>
       </c>
-      <c r="AB31" s="35" t="s">
-[...14 lines deleted...]
-      <c r="AG31" s="35" t="s">
+      <c r="AA32" s="39" t="s">
+        <v>123</v>
+      </c>
+      <c r="AB32" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC32" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD32" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AE32" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AF32" s="39" t="s">
+        <v>227</v>
+      </c>
+      <c r="AG32" s="39" t="s">
         <v>70</v>
       </c>
-      <c r="AH31" s="36"/>
-      <c r="AI31" s="35" t="s">
+      <c r="AH32" s="40"/>
+      <c r="AI32" s="39" t="s">
         <v>71</v>
       </c>
-      <c r="AJ31" s="36"/>
-      <c r="AK31" s="35" t="s">
+      <c r="AJ32" s="40"/>
+      <c r="AK32" s="39" t="s">
         <v>72</v>
       </c>
-      <c r="AL31" s="35" t="s">
+      <c r="AL32" s="39" t="s">
         <v>73</v>
       </c>
-      <c r="AM31" s="36"/>
-[...1 lines deleted...]
-      <c r="AO31" s="35" t="s">
+      <c r="AM32" s="40"/>
+      <c r="AN32" s="40"/>
+      <c r="AO32" s="39" t="s">
         <v>74</v>
       </c>
-      <c r="AP31" s="35" t="s">
+      <c r="AP32" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="AQ31" s="35" t="s">
+      <c r="AQ32" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AR31" s="35" t="s">
+      <c r="AR32" s="39" t="s">
         <v>77</v>
       </c>
-      <c r="AS31" s="35" t="s">
+      <c r="AS32" s="39" t="s">
         <v>78</v>
       </c>
-      <c r="AT31" s="35" t="s">
+      <c r="AT32" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="AU31" s="35" t="s">
+      <c r="AU32" s="39" t="s">
         <v>80</v>
       </c>
-      <c r="AV31" s="36"/>
-      <c r="AW31" s="35" t="s">
+      <c r="AV32" s="40"/>
+      <c r="AW32" s="39" t="s">
         <v>81</v>
       </c>
-      <c r="AX31" s="36"/>
-[...1 lines deleted...]
-      <c r="AZ31" s="35" t="s">
+      <c r="AX32" s="40"/>
+      <c r="AY32" s="40"/>
+      <c r="AZ32" s="39" t="s">
         <v>82</v>
       </c>
-      <c r="BA31" s="35" t="s">
+      <c r="BA32" s="39" t="s">
         <v>83</v>
       </c>
-      <c r="BB31" s="35" t="s">
+      <c r="BB32" s="39" t="s">
         <v>84</v>
       </c>
-      <c r="BC31" s="35" t="s">
+      <c r="BC32" s="39" t="s">
         <v>85</v>
       </c>
-      <c r="BD31" s="36"/>
-[...28 lines deleted...]
-      <c r="B32" s="34" t="s">
+      <c r="BD32" s="40"/>
+      <c r="BE32" s="40"/>
+      <c r="BF32" s="40"/>
+      <c r="BG32" s="40"/>
+      <c r="BH32" s="40"/>
+      <c r="BI32" s="40"/>
+      <c r="BJ32" s="40"/>
+      <c r="BK32" s="40"/>
+      <c r="BL32" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BM32" s="40"/>
+      <c r="BN32" s="40"/>
+      <c r="BO32" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BP32" s="40"/>
+      <c r="BQ32" s="39" t="s">
+        <v>68</v>
+      </c>
+      <c r="BR32" s="40"/>
+      <c r="BS32" s="39" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="33" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A33" s="38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B33" s="38" t="s">
         <v>97</v>
       </c>
-      <c r="C32" s="34" t="s">
-[...196 lines deleted...]
-      </c>
+      <c r="C33" s="38" t="s">
+        <v>245</v>
+      </c>
+      <c r="D33" s="38" t="s">
+        <v>246</v>
+      </c>
+      <c r="W33" s="39"/>
+      <c r="X33" s="39"/>
+      <c r="Y33" s="39"/>
+      <c r="Z33" s="39"/>
+      <c r="AA33" s="39"/>
+      <c r="AB33" s="39"/>
+      <c r="AC33" s="39"/>
+      <c r="AD33" s="39"/>
+      <c r="AE33" s="39"/>
+      <c r="AF33" s="39"/>
+      <c r="AG33" s="39"/>
+      <c r="AH33" s="40"/>
+      <c r="AI33" s="39"/>
+      <c r="AJ33" s="40"/>
+      <c r="AK33" s="39"/>
+      <c r="AL33" s="39"/>
+      <c r="AM33" s="40"/>
+      <c r="AN33" s="40"/>
+      <c r="AO33" s="39"/>
+      <c r="AP33" s="39"/>
+      <c r="AQ33" s="39"/>
+      <c r="AR33" s="39"/>
+      <c r="AS33" s="39"/>
+      <c r="AT33" s="39"/>
+      <c r="AU33" s="39"/>
+      <c r="AV33" s="40"/>
+      <c r="AW33" s="39"/>
+      <c r="AX33" s="40"/>
+      <c r="AY33" s="40"/>
+      <c r="AZ33" s="39"/>
+      <c r="BA33" s="39"/>
+      <c r="BB33" s="39"/>
+      <c r="BC33" s="39"/>
+      <c r="BD33" s="40"/>
+      <c r="BE33" s="40"/>
+      <c r="BF33" s="40"/>
+      <c r="BG33" s="40"/>
+      <c r="BH33" s="40"/>
+      <c r="BI33" s="40"/>
+      <c r="BJ33" s="40"/>
+      <c r="BK33" s="40"/>
+      <c r="BL33" s="39"/>
+      <c r="BM33" s="40"/>
+      <c r="BN33" s="40"/>
+      <c r="BO33" s="39"/>
+      <c r="BP33" s="40"/>
+      <c r="BQ33" s="39"/>
+      <c r="BR33" s="40"/>
+      <c r="BS33" s="39"/>
     </row>
     <row r="34" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A34" s="12" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="C34" s="12" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D34" s="12" t="s">
-        <v>246</v>
-[...7 lines deleted...]
-      <c r="G34" s="47" t="s">
         <v>249</v>
       </c>
-      <c r="H34" s="26" t="s">
+      <c r="E34" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" s="43" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="I34" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="J34" s="41" t="s">
+        <v>153</v>
+      </c>
+      <c r="M34" s="49" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="W34" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X34" s="22" t="n">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="Y34" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z34" s="22" t="s">
-        <v>66</v>
+        <v>251</v>
       </c>
       <c r="AA34" s="22" t="s">
-        <v>67</v>
+        <v>251</v>
       </c>
       <c r="AB34" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC34" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD34" s="22" t="s">
-        <v>251</v>
+        <v>106</v>
       </c>
       <c r="AE34" s="22" t="s">
-        <v>251</v>
+        <v>106</v>
       </c>
       <c r="AF34" s="22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="AG34" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI34" s="22" t="s">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="AK34" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL34" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO34" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP34" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ34" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR34" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS34" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT34" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU34" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW34" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ34" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA34" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB34" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC34" s="22" t="s">
         <v>85</v>
       </c>
+      <c r="BD34" s="22" t="s">
+        <v>252</v>
+      </c>
+      <c r="BE34" s="22" t="s">
+        <v>253</v>
+      </c>
+      <c r="BF34" s="22" t="s">
+        <v>254</v>
+      </c>
+      <c r="BG34" s="22" t="s">
+        <v>255</v>
+      </c>
       <c r="BL34" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BM34" s="22" t="s">
         <v>94</v>
       </c>
       <c r="BN34" s="22" t="s">
         <v>95</v>
       </c>
       <c r="BO34" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ34" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS34" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A35" s="12" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="C35" s="12" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D35" s="12" t="s">
-        <v>177</v>
+        <v>258</v>
+      </c>
+      <c r="E35" s="24" t="s">
+        <v>259</v>
+      </c>
+      <c r="F35" s="25" t="s">
+        <v>260</v>
+      </c>
+      <c r="G35" s="50" t="s">
+        <v>261</v>
+      </c>
+      <c r="H35" s="27" t="s">
+        <v>262</v>
+      </c>
+      <c r="I35" s="41" t="s">
+        <v>153</v>
       </c>
       <c r="W35" s="22" t="n">
         <v>2026</v>
       </c>
       <c r="X35" s="22" t="n">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="Y35" s="22" t="s">
         <v>65</v>
       </c>
       <c r="Z35" s="22" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="AA35" s="22" t="s">
-        <v>90</v>
+        <v>67</v>
       </c>
       <c r="AB35" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AC35" s="22" t="s">
         <v>68</v>
       </c>
       <c r="AD35" s="22" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="AE35" s="22" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="AF35" s="22" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="AG35" s="22" t="s">
         <v>70</v>
       </c>
       <c r="AI35" s="22" t="s">
-        <v>71</v>
+        <v>133</v>
       </c>
       <c r="AK35" s="22" t="s">
         <v>72</v>
       </c>
       <c r="AL35" s="22" t="s">
         <v>73</v>
       </c>
       <c r="AO35" s="22" t="s">
         <v>74</v>
       </c>
       <c r="AP35" s="22" t="s">
         <v>75</v>
       </c>
       <c r="AQ35" s="22" t="s">
         <v>76</v>
       </c>
       <c r="AR35" s="22" t="s">
         <v>77</v>
       </c>
       <c r="AS35" s="22" t="s">
         <v>78</v>
       </c>
       <c r="AT35" s="22" t="s">
         <v>79</v>
       </c>
       <c r="AU35" s="22" t="s">
         <v>80</v>
       </c>
       <c r="AW35" s="22" t="s">
         <v>81</v>
       </c>
       <c r="AZ35" s="22" t="s">
         <v>82</v>
       </c>
       <c r="BA35" s="22" t="s">
         <v>83</v>
       </c>
       <c r="BB35" s="22" t="s">
         <v>84</v>
       </c>
       <c r="BC35" s="22" t="s">
         <v>85</v>
       </c>
       <c r="BL35" s="22" t="s">
         <v>68</v>
       </c>
+      <c r="BM35" s="22" t="s">
+        <v>94</v>
+      </c>
+      <c r="BN35" s="22" t="s">
+        <v>95</v>
+      </c>
       <c r="BO35" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BQ35" s="22" t="s">
         <v>68</v>
       </c>
       <c r="BS35" s="22" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A36" s="48" t="s">
-        <v>255</v>
+      <c r="A36" s="12" t="s">
+        <v>264</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>258</v>
+        <v>62</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>184</v>
+      </c>
+      <c r="W36" s="22" t="n">
+        <v>2026</v>
+      </c>
+      <c r="X36" s="22" t="n">
+        <v>2025</v>
+      </c>
+      <c r="Y36" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="Z36" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA36" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB36" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AC36" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="AD36" s="22" t="s">
+        <v>266</v>
+      </c>
+      <c r="AE36" s="22" t="s">
+        <v>266</v>
+      </c>
+      <c r="AF36" s="22" t="s">
+        <v>115</v>
+      </c>
+      <c r="AG36" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="AI36" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="AK36" s="22" t="s">
+        <v>72</v>
+      </c>
+      <c r="AL36" s="22" t="s">
+        <v>73</v>
+      </c>
+      <c r="AO36" s="22" t="s">
+        <v>74</v>
+      </c>
+      <c r="AP36" s="22" t="s">
+        <v>75</v>
+      </c>
+      <c r="AQ36" s="22" t="s">
+        <v>76</v>
+      </c>
+      <c r="AR36" s="22" t="s">
+        <v>77</v>
+      </c>
+      <c r="AS36" s="22" t="s">
+        <v>78</v>
+      </c>
+      <c r="AT36" s="22" t="s">
+        <v>79</v>
+      </c>
+      <c r="AU36" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="AW36" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="AZ36" s="22" t="s">
+        <v>82</v>
+      </c>
+      <c r="BA36" s="22" t="s">
+        <v>83</v>
+      </c>
+      <c r="BB36" s="22" t="s">
+        <v>84</v>
+      </c>
+      <c r="BC36" s="22" t="s">
+        <v>85</v>
+      </c>
+      <c r="BL36" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BO36" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BQ36" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="BS36" s="22" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="37" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A37" s="37"/>
-[...3 lines deleted...]
-      <c r="E37" s="37"/>
+      <c r="A37" s="29"/>
+      <c r="B37" s="29"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
     </row>
     <row r="38" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A38" s="37"/>
-[...3 lines deleted...]
-      <c r="E38" s="37"/>
+      <c r="A38" s="29"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
+      <c r="E38" s="29"/>
     </row>
     <row r="39" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A39" s="37"/>
-[...3 lines deleted...]
-      <c r="E39" s="37"/>
+      <c r="A39" s="29"/>
+      <c r="B39" s="29"/>
+      <c r="C39" s="29"/>
+      <c r="D39" s="29"/>
+      <c r="E39" s="29"/>
     </row>
     <row r="40" customFormat="false" ht="12.8" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="A40" s="37"/>
-[...3 lines deleted...]
-      <c r="E40" s="37"/>
+      <c r="A40" s="29"/>
+      <c r="B40" s="29"/>
+      <c r="C40" s="29"/>
+      <c r="D40" s="29"/>
+      <c r="E40" s="29"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:BS35"/>
+  <autoFilter ref="A1:BS36"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.03888888888889" bottom="1.03888888888889" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" firstPageNumber="1" useFirstPageNumber="true" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:S33"/>
+  <dimension ref="A1:BS36"/>
   <sheetViews>
     <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A1" colorId="64" zoomScale="73" zoomScaleNormal="73" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="A1" activeCellId="0" sqref="A1"/>
+      <selection pane="topLeft" activeCell="K22" activeCellId="0" sqref="K22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="12.8" customHeight="true" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="4" width="14.93"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="4" width="7.69"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="4" width="19.88"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="4" width="16.45"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="4" width="13.41"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="6" style="49" width="13.6"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="8" style="50" width="13.6"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="51" width="13.6"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="52" width="13.6"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="8" style="53" width="13.6"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="14" min="11" style="7" width="13.41"/>
     <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="18" min="15" style="8" width="13.6"/>
-    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="19" min="19" style="8" width="10.85"/>
-    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="16384" min="20" style="4" width="11.53"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="19" min="19" style="8" width="13.53"/>
   </cols>
   <sheetData>
-    <row r="1" s="56" customFormat="true" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A1" s="51" t="s">
+    <row r="1" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A1" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="51" t="s">
+      <c r="B1" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="51" t="s">
+      <c r="C1" s="54" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="51" t="s">
+      <c r="D1" s="54" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="52" t="s">
-[...25 lines deleted...]
-      <c r="S1" s="55"/>
+      <c r="E1" s="55" t="s">
+        <v>267</v>
+      </c>
+      <c r="F1" s="56" t="s">
+        <v>268</v>
+      </c>
+      <c r="G1" s="57" t="s">
+        <v>269</v>
+      </c>
+      <c r="H1" s="58" t="s">
+        <v>270</v>
+      </c>
+      <c r="I1" s="58" t="s">
+        <v>270</v>
+      </c>
+      <c r="J1" s="58" t="s">
+        <v>270</v>
+      </c>
+      <c r="K1" s="7" t="n">
+        <v>130</v>
+      </c>
+      <c r="L1" s="7" t="n">
+        <v>130</v>
+      </c>
+      <c r="M1" s="7" t="n">
+        <v>130</v>
+      </c>
+      <c r="N1" s="7" t="n">
+        <v>130</v>
+      </c>
+      <c r="O1" s="59" t="n">
+        <v>140</v>
+      </c>
+      <c r="P1" s="59" t="n">
+        <v>140</v>
+      </c>
+      <c r="Q1" s="59" t="n">
+        <v>140</v>
+      </c>
+      <c r="R1" s="59" t="n">
+        <v>140</v>
+      </c>
+      <c r="S1" s="59" t="n">
+        <v>140</v>
+      </c>
     </row>
     <row r="2" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A2" s="12" t="s">
         <v>61</v>
       </c>
       <c r="B2" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>63</v>
       </c>
       <c r="D2" s="12" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="3" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A3" s="12" t="s">
         <v>86</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C3" s="12" t="s">
         <v>87</v>
       </c>
       <c r="D3" s="12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="4" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A4" s="12" t="s">
         <v>96</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>97</v>
       </c>
       <c r="C4" s="12" t="s">
         <v>98</v>
       </c>
       <c r="D4" s="12" t="s">
         <v>99</v>
       </c>
-      <c r="E4" s="37" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4" s="29" t="s">
+        <v>271</v>
+      </c>
+      <c r="F4" s="51" t="s">
+        <v>272</v>
+      </c>
+      <c r="G4" s="60" t="s">
+        <v>273</v>
+      </c>
+      <c r="H4" s="61" t="s">
+        <v>273</v>
+      </c>
+      <c r="I4" s="62"/>
+      <c r="K4" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="O4" s="63" t="s">
+        <v>273</v>
+      </c>
+      <c r="P4" s="63"/>
+      <c r="Q4" s="63"/>
+      <c r="R4" s="63"/>
+      <c r="S4" s="63"/>
     </row>
     <row r="5" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A5" s="12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B5" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C5" s="12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D5" s="12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="6" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A6" s="12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C6" s="12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D6" s="12" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A7" s="12" t="s">
+        <v>116</v>
+      </c>
+      <c r="B7" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="D7" s="12" t="s">
         <v>118</v>
       </c>
-      <c r="B7" s="12" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E7" s="2"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="65"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="62"/>
+      <c r="K7" s="66"/>
+      <c r="L7" s="66"/>
+      <c r="M7" s="66"/>
+      <c r="N7" s="66"/>
+      <c r="O7" s="67"/>
+      <c r="P7" s="67"/>
+      <c r="Q7" s="67"/>
+      <c r="R7" s="67"/>
+      <c r="S7" s="67"/>
+      <c r="W7" s="22"/>
+      <c r="X7" s="22"/>
+      <c r="Y7" s="22"/>
+      <c r="Z7" s="22"/>
+      <c r="AA7" s="22"/>
+      <c r="AB7" s="22"/>
+      <c r="AC7" s="22"/>
+      <c r="AD7" s="22"/>
+      <c r="AE7" s="22"/>
+      <c r="AF7" s="22"/>
+      <c r="AG7" s="22"/>
+      <c r="AH7" s="2"/>
+      <c r="AI7" s="22"/>
+      <c r="AJ7" s="2"/>
+      <c r="AK7" s="22"/>
+      <c r="AL7" s="22"/>
+      <c r="AM7" s="2"/>
+      <c r="AN7" s="2"/>
+      <c r="AO7" s="22"/>
+      <c r="AP7" s="22"/>
+      <c r="AQ7" s="22"/>
+      <c r="AR7" s="22"/>
+      <c r="AS7" s="22"/>
+      <c r="AT7" s="22"/>
+      <c r="AU7" s="22"/>
+      <c r="AV7" s="2"/>
+      <c r="AW7" s="22"/>
+      <c r="AX7" s="2"/>
+      <c r="AY7" s="2"/>
+      <c r="AZ7" s="22"/>
+      <c r="BA7" s="22"/>
+      <c r="BB7" s="22"/>
+      <c r="BC7" s="22"/>
+      <c r="BD7" s="2"/>
+      <c r="BE7" s="2"/>
+      <c r="BF7" s="2"/>
+      <c r="BG7" s="2"/>
+      <c r="BH7" s="2"/>
+      <c r="BI7" s="2"/>
+      <c r="BJ7" s="2"/>
+      <c r="BK7" s="2"/>
+      <c r="BL7" s="22"/>
+      <c r="BM7" s="22"/>
+      <c r="BN7" s="22"/>
+      <c r="BO7" s="22"/>
+      <c r="BP7" s="2"/>
+      <c r="BQ7" s="22"/>
+      <c r="BR7" s="2"/>
+      <c r="BS7" s="22"/>
     </row>
     <row r="8" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A8" s="12" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C8" s="12" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D8" s="12" t="s">
-        <v>126</v>
+        <v>121</v>
+      </c>
+      <c r="E8" s="29" t="s">
+        <v>274</v>
       </c>
     </row>
     <row r="9" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A9" s="12" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C9" s="12" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D9" s="12" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="10" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A10" s="12" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="12" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D10" s="12" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
     </row>
     <row r="11" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A11" s="12" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C11" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>136</v>
+      </c>
+      <c r="E11" s="29" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="12" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A12" s="28" t="s">
         <v>145</v>
       </c>
-      <c r="D11" s="12" t="s">
+      <c r="B12" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" s="28" t="s">
         <v>146</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      </c>
+      <c r="D12" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E12" s="29" t="s">
+        <v>276</v>
+      </c>
+      <c r="F12" s="51" t="s">
+        <v>277</v>
+      </c>
+      <c r="G12" s="60" t="s">
+        <v>278</v>
+      </c>
+      <c r="H12" s="61" t="s">
+        <v>279</v>
+      </c>
+      <c r="I12" s="61"/>
+      <c r="J12" s="61"/>
     </row>
     <row r="13" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A13" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="B13" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="D13" s="12" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="14" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A14" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="B14" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14" s="12" t="s">
         <v>157</v>
-      </c>
-[...7 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="15" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A15" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="B15" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="16" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A16" s="12" t="s">
         <v>163</v>
       </c>
-      <c r="B15" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="12" t="s">
+      <c r="B16" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="12" t="s">
         <v>164</v>
       </c>
-      <c r="D15" s="12" t="s">
+      <c r="D16" s="12" t="s">
         <v>165</v>
-      </c>
-[...50 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="17" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A17" s="12" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="12" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D17" s="12" t="s">
-        <v>174</v>
-[...17 lines deleted...]
-        <v>274</v>
+        <v>171</v>
+      </c>
+      <c r="E17" s="68" t="s">
+        <v>280</v>
+      </c>
+      <c r="F17" s="69" t="s">
+        <v>280</v>
+      </c>
+      <c r="G17" s="69" t="s">
+        <v>281</v>
+      </c>
+      <c r="H17" s="70" t="s">
+        <v>280</v>
+      </c>
+      <c r="I17" s="70" t="s">
+        <v>282</v>
+      </c>
+      <c r="J17" s="70" t="s">
+        <v>283</v>
       </c>
       <c r="K17" s="7" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="L17" s="7" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="M17" s="7" t="s">
-        <v>274</v>
-[...14 lines deleted...]
-        <v>275</v>
+        <v>284</v>
+      </c>
+      <c r="O17" s="71" t="s">
+        <v>285</v>
+      </c>
+      <c r="P17" s="71" t="s">
+        <v>286</v>
+      </c>
+      <c r="Q17" s="71" t="s">
+        <v>282</v>
+      </c>
+      <c r="R17" s="71" t="s">
+        <v>287</v>
+      </c>
+      <c r="S17" s="71" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="18" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A18" s="12" t="s">
-[...51 lines deleted...]
-        <v>275</v>
+      <c r="A18" s="38" t="s">
+        <v>175</v>
+      </c>
+      <c r="B18" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="38" t="s">
+        <v>176</v>
+      </c>
+      <c r="D18" s="38" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="19" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A19" s="12" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C19" s="12" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="D19" s="12" t="s">
-        <v>187</v>
+        <v>181</v>
+      </c>
+      <c r="E19" s="72" t="s">
+        <v>289</v>
+      </c>
+      <c r="F19" s="73" t="s">
+        <v>290</v>
+      </c>
+      <c r="G19" s="73" t="s">
+        <v>289</v>
+      </c>
+      <c r="H19" s="70" t="s">
+        <v>289</v>
+      </c>
+      <c r="I19" s="70" t="s">
+        <v>290</v>
+      </c>
+      <c r="J19" s="74" t="s">
+        <v>291</v>
+      </c>
+      <c r="K19" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="L19" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="M19" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="N19" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="O19" s="71" t="s">
+        <v>293</v>
+      </c>
+      <c r="P19" s="71" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q19" s="71" t="s">
+        <v>291</v>
+      </c>
+      <c r="R19" s="71" t="s">
+        <v>292</v>
+      </c>
+      <c r="S19" s="75" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="20" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A20" s="12" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>62</v>
+        <v>97</v>
       </c>
       <c r="C20" s="12" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D20" s="12" t="s">
-        <v>191</v>
+        <v>188</v>
+      </c>
+      <c r="E20" s="72" t="s">
+        <v>289</v>
+      </c>
+      <c r="F20" s="69" t="s">
+        <v>290</v>
+      </c>
+      <c r="G20" s="69" t="s">
+        <v>289</v>
+      </c>
+      <c r="H20" s="70" t="s">
+        <v>289</v>
+      </c>
+      <c r="I20" s="70" t="s">
+        <v>290</v>
+      </c>
+      <c r="J20" s="74" t="s">
+        <v>291</v>
+      </c>
+      <c r="K20" s="7" t="s">
+        <v>289</v>
+      </c>
+      <c r="L20" s="7" t="s">
+        <v>290</v>
+      </c>
+      <c r="M20" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="N20" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="O20" s="71" t="s">
+        <v>293</v>
+      </c>
+      <c r="P20" s="71" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q20" s="71" t="s">
+        <v>291</v>
+      </c>
+      <c r="R20" s="71" t="s">
+        <v>292</v>
       </c>
     </row>
     <row r="21" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A21" s="12" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="12" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="D21" s="12" t="s">
-        <v>199</v>
-      </c>
+        <v>194</v>
+      </c>
+      <c r="E21" s="29" t="s">
+        <v>295</v>
+      </c>
+      <c r="F21" s="51" t="s">
+        <v>296</v>
+      </c>
+      <c r="G21" s="60" t="s">
+        <v>297</v>
+      </c>
+      <c r="H21" s="76" t="s">
+        <v>296</v>
+      </c>
+      <c r="I21" s="61" t="s">
+        <v>297</v>
+      </c>
+      <c r="J21" s="61"/>
+      <c r="K21" s="77" t="s">
+        <v>296</v>
+      </c>
+      <c r="L21" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="O21" s="78" t="s">
+        <v>296</v>
+      </c>
+      <c r="P21" s="63" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q21" s="63"/>
+      <c r="R21" s="63"/>
+      <c r="S21" s="63"/>
     </row>
     <row r="22" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A22" s="12" t="s">
+        <v>198</v>
+      </c>
+      <c r="B22" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="12" t="s">
+        <v>199</v>
+      </c>
+      <c r="D22" s="12" t="s">
         <v>200</v>
       </c>
-      <c r="B22" s="12" t="s">
-[...6 lines deleted...]
-        <v>202</v>
+      <c r="E22" s="29" t="s">
+        <v>298</v>
+      </c>
+      <c r="F22" s="51" t="s">
+        <v>298</v>
+      </c>
+      <c r="G22" s="60" t="s">
+        <v>299</v>
+      </c>
+      <c r="K22" s="7" t="s">
+        <v>300</v>
       </c>
     </row>
     <row r="23" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A23" s="12" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="12" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D23" s="12" t="s">
-        <v>206</v>
-[...31 lines deleted...]
-      <c r="S23" s="68"/>
+        <v>208</v>
+      </c>
     </row>
     <row r="24" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A24" s="12" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="12" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D24" s="12" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="25" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A25" s="34" t="s">
+      <c r="A25" s="12" t="s">
+        <v>213</v>
+      </c>
+      <c r="B25" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="12" t="s">
         <v>214</v>
       </c>
-      <c r="B25" s="34" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="34" t="s">
+      <c r="D25" s="12" t="s">
         <v>215</v>
       </c>
-      <c r="D25" s="34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E25" s="68" t="s">
+        <v>301</v>
+      </c>
+      <c r="F25" s="79" t="s">
+        <v>301</v>
+      </c>
+      <c r="G25" s="79" t="s">
+        <v>302</v>
+      </c>
+      <c r="H25" s="80" t="s">
+        <v>301</v>
+      </c>
+      <c r="I25" s="80" t="s">
+        <v>302</v>
+      </c>
+      <c r="J25" s="81"/>
+      <c r="K25" s="7" t="s">
+        <v>301</v>
+      </c>
+      <c r="L25" s="7" t="s">
+        <v>302</v>
+      </c>
+      <c r="O25" s="82" t="s">
+        <v>301</v>
+      </c>
+      <c r="P25" s="82" t="s">
+        <v>302</v>
+      </c>
+      <c r="Q25" s="71"/>
+      <c r="R25" s="71"/>
+      <c r="S25" s="71"/>
     </row>
     <row r="26" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A26" s="34" t="s">
+      <c r="A26" s="12" t="s">
         <v>217</v>
       </c>
-      <c r="B26" s="34" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="34" t="s">
+      <c r="B26" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="12" t="s">
         <v>218</v>
       </c>
-      <c r="D26" s="34" t="s">
+      <c r="D26" s="12" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="27" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A27" s="34" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="34" t="s">
+      <c r="A27" s="38" t="s">
+        <v>223</v>
+      </c>
+      <c r="B27" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="38" t="s">
+        <v>224</v>
+      </c>
+      <c r="D27" s="38" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A28" s="38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B28" s="38" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="38" t="s">
+        <v>229</v>
+      </c>
+      <c r="D28" s="38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A29" s="38" t="s">
+        <v>231</v>
+      </c>
+      <c r="B29" s="38" t="s">
         <v>97</v>
       </c>
-      <c r="C27" s="34" t="s">
-[...32 lines deleted...]
-      </c>
+      <c r="C29" s="38" t="s">
+        <v>232</v>
+      </c>
+      <c r="D29" s="38" t="s">
+        <v>233</v>
+      </c>
+      <c r="E29" s="29" t="s">
+        <v>303</v>
+      </c>
+      <c r="F29" s="51" t="s">
+        <v>303</v>
+      </c>
+      <c r="G29" s="83" t="s">
+        <v>303</v>
+      </c>
+      <c r="H29" s="61" t="s">
+        <v>304</v>
+      </c>
+      <c r="I29" s="61" t="s">
+        <v>305</v>
+      </c>
+      <c r="J29" s="61"/>
+      <c r="K29" s="7" t="s">
+        <v>304</v>
+      </c>
+      <c r="O29" s="63" t="s">
+        <v>304</v>
+      </c>
+      <c r="P29" s="63"/>
+      <c r="Q29" s="63"/>
+      <c r="R29" s="63"/>
+      <c r="S29" s="63"/>
     </row>
     <row r="30" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-      <c r="A30" s="34" t="s">
-[...9 lines deleted...]
-        <v>231</v>
+      <c r="A30" s="12" t="s">
+        <v>234</v>
+      </c>
+      <c r="B30" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C30" s="12" t="s">
+        <v>219</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>235</v>
       </c>
     </row>
     <row r="31" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
       <c r="A31" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="B31" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="12" t="s">
+        <v>238</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A32" s="38" t="s">
+        <v>240</v>
+      </c>
+      <c r="B32" s="38" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="38" t="s">
+        <v>241</v>
+      </c>
+      <c r="D32" s="38" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="33" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A33" s="38" t="s">
+        <v>244</v>
+      </c>
+      <c r="B33" s="38" t="s">
+        <v>97</v>
+      </c>
+      <c r="C33" s="38" t="s">
+        <v>245</v>
+      </c>
+      <c r="D33" s="38" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="34" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A34" s="12" t="s">
+        <v>247</v>
+      </c>
+      <c r="B34" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" s="12" t="s">
+        <v>248</v>
+      </c>
+      <c r="D34" s="12" t="s">
+        <v>249</v>
+      </c>
+      <c r="E34" s="72" t="s">
+        <v>153</v>
+      </c>
+      <c r="F34" s="69" t="s">
+        <v>153</v>
+      </c>
+      <c r="G34" s="69" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" s="70" t="s">
+        <v>153</v>
+      </c>
+      <c r="I34" s="70" t="s">
+        <v>153</v>
+      </c>
+      <c r="J34" s="70" t="s">
+        <v>153</v>
+      </c>
+      <c r="K34" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="L34" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="M34" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="N34" s="7" t="s">
+        <v>153</v>
+      </c>
+      <c r="O34" s="71" t="s">
+        <v>153</v>
+      </c>
+      <c r="P34" s="71" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q34" s="71" t="s">
+        <v>153</v>
+      </c>
+      <c r="R34" s="71" t="s">
+        <v>153</v>
+      </c>
+      <c r="S34" s="71" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="35" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A35" s="12" t="s">
+        <v>256</v>
+      </c>
+      <c r="B35" s="12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" s="12" t="s">
+        <v>257</v>
+      </c>
+      <c r="D35" s="12" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="36" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="A36" s="12" t="s">
+        <v>264</v>
+      </c>
+      <c r="B36" s="12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C36" s="12" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:J36"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7875" right="0.7875" top="1.03888888888889" bottom="1.03888888888889" header="0.7875" footer="0.7875"/>
+  <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000Page &amp;P</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:J40"/>
+  <sheetViews>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="false" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A29" colorId="64" zoomScale="73" zoomScaleNormal="73" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="G34" activeCellId="0" sqref="G34"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="11.53515625" defaultRowHeight="65.5" customHeight="true" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
+  <cols>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="84" width="14.93"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="85" width="7.69"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="3" min="3" style="85" width="19.88"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="4" min="4" style="86" width="16.45"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="16384" min="5" style="85" width="11.53"/>
+  </cols>
+  <sheetData>
+    <row r="1" s="88" customFormat="true" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1" s="87" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="87" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="87" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="87" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="88" t="s">
+        <v>306</v>
+      </c>
+      <c r="F1" s="88" t="s">
+        <v>307</v>
+      </c>
+      <c r="G1" s="88" t="s">
+        <v>308</v>
+      </c>
+      <c r="H1" s="88" t="s">
+        <v>309</v>
+      </c>
+      <c r="I1" s="88" t="s">
+        <v>310</v>
+      </c>
+      <c r="J1" s="88" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="2" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A2" s="87" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" s="87" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" s="87" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A3" s="87" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" s="87" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" s="87" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="4" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A4" s="87" t="s">
+        <v>96</v>
+      </c>
+      <c r="B4" s="87" t="s">
+        <v>97</v>
+      </c>
+      <c r="C4" s="87" t="s">
+        <v>98</v>
+      </c>
+      <c r="D4" s="87" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="5" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A5" s="87" t="s">
+        <v>102</v>
+      </c>
+      <c r="B5" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C5" s="87" t="s">
+        <v>103</v>
+      </c>
+      <c r="D5" s="87" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A6" s="87" t="s">
+        <v>108</v>
+      </c>
+      <c r="B6" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" s="87" t="s">
+        <v>109</v>
+      </c>
+      <c r="D6" s="87" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="7" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A7" s="87" t="s">
+        <v>116</v>
+      </c>
+      <c r="B7" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" s="87" t="s">
+        <v>117</v>
+      </c>
+      <c r="D7" s="87" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="8" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A8" s="87" t="s">
+        <v>119</v>
+      </c>
+      <c r="B8" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" s="87" t="s">
+        <v>120</v>
+      </c>
+      <c r="D8" s="87" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="9" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A9" s="87" t="s">
+        <v>125</v>
+      </c>
+      <c r="B9" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" s="87" t="s">
+        <v>126</v>
+      </c>
+      <c r="D9" s="87" t="s">
+        <v>127</v>
+      </c>
+      <c r="J9" s="85" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="10" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A10" s="87" t="s">
+        <v>129</v>
+      </c>
+      <c r="B10" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" s="87" t="s">
+        <v>130</v>
+      </c>
+      <c r="D10" s="87" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="11" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A11" s="87" t="s">
+        <v>134</v>
+      </c>
+      <c r="B11" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" s="87" t="s">
+        <v>135</v>
+      </c>
+      <c r="D11" s="87" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="12" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A12" s="89" t="s">
+        <v>145</v>
+      </c>
+      <c r="B12" s="87" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" s="89" t="s">
+        <v>146</v>
+      </c>
+      <c r="D12" s="90" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="13" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A13" s="87" t="s">
+        <v>150</v>
+      </c>
+      <c r="B13" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="87" t="s">
+        <v>151</v>
+      </c>
+      <c r="D13" s="87" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="14" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A14" s="87" t="s">
+        <v>155</v>
+      </c>
+      <c r="B14" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C14" s="87" t="s">
+        <v>156</v>
+      </c>
+      <c r="D14" s="87" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="15" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A15" s="87" t="s">
+        <v>158</v>
+      </c>
+      <c r="B15" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="87" t="s">
+        <v>159</v>
+      </c>
+      <c r="D15" s="87" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="16" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A16" s="87" t="s">
+        <v>163</v>
+      </c>
+      <c r="B16" s="87" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" s="87" t="s">
+        <v>164</v>
+      </c>
+      <c r="D16" s="87" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="17" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A17" s="87" t="s">
+        <v>169</v>
+      </c>
+      <c r="B17" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" s="87" t="s">
+        <v>170</v>
+      </c>
+      <c r="D17" s="87" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="18" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A18" s="91" t="s">
+        <v>175</v>
+      </c>
+      <c r="B18" s="91" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="91" t="s">
+        <v>176</v>
+      </c>
+      <c r="D18" s="91" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="19" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A19" s="87" t="s">
+        <v>179</v>
+      </c>
+      <c r="B19" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C19" s="87" t="s">
+        <v>180</v>
+      </c>
+      <c r="D19" s="87" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="20" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A20" s="87" t="s">
+        <v>186</v>
+      </c>
+      <c r="B20" s="87" t="s">
+        <v>97</v>
+      </c>
+      <c r="C20" s="87" t="s">
+        <v>187</v>
+      </c>
+      <c r="D20" s="87" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="21" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A21" s="87" t="s">
+        <v>192</v>
+      </c>
+      <c r="B21" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" s="87" t="s">
+        <v>193</v>
+      </c>
+      <c r="D21" s="87" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="22" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A22" s="87" t="s">
+        <v>198</v>
+      </c>
+      <c r="B22" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="87" t="s">
+        <v>199</v>
+      </c>
+      <c r="D22" s="87" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="23" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A23" s="87" t="s">
+        <v>206</v>
+      </c>
+      <c r="B23" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="87" t="s">
+        <v>207</v>
+      </c>
+      <c r="D23" s="87" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="24" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A24" s="87" t="s">
+        <v>209</v>
+      </c>
+      <c r="B24" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C24" s="87" t="s">
+        <v>210</v>
+      </c>
+      <c r="D24" s="87" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="25" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A25" s="87" t="s">
+        <v>213</v>
+      </c>
+      <c r="B25" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="87" t="s">
+        <v>214</v>
+      </c>
+      <c r="D25" s="87" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="26" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A26" s="87" t="s">
+        <v>217</v>
+      </c>
+      <c r="B26" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C26" s="87" t="s">
+        <v>218</v>
+      </c>
+      <c r="D26" s="87" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="27" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A27" s="91" t="s">
+        <v>223</v>
+      </c>
+      <c r="B27" s="91" t="s">
+        <v>62</v>
+      </c>
+      <c r="C27" s="91" t="s">
+        <v>224</v>
+      </c>
+      <c r="D27" s="91" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A28" s="91" t="s">
+        <v>228</v>
+      </c>
+      <c r="B28" s="91" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" s="91" t="s">
+        <v>229</v>
+      </c>
+      <c r="D28" s="91" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="29" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A29" s="91" t="s">
+        <v>231</v>
+      </c>
+      <c r="B29" s="91" t="s">
+        <v>97</v>
+      </c>
+      <c r="C29" s="91" t="s">
+        <v>232</v>
+      </c>
+      <c r="D29" s="91" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="30" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A30" s="87" t="s">
+        <v>234</v>
+      </c>
+      <c r="B30" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C30" s="87" t="s">
+        <v>219</v>
+      </c>
+      <c r="D30" s="87" t="s">
         <v>235</v>
       </c>
-      <c r="B31" s="12" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="12" t="s">
+    </row>
+    <row r="31" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A31" s="87" t="s">
         <v>237</v>
       </c>
-      <c r="E31" s="61" t="s">
-[...46 lines deleted...]
-      <c r="A32" s="12" t="s">
+      <c r="B31" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C31" s="87" t="s">
+        <v>238</v>
+      </c>
+      <c r="D31" s="87" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A32" s="91" t="s">
+        <v>240</v>
+      </c>
+      <c r="B32" s="91" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="91" t="s">
+        <v>241</v>
+      </c>
+      <c r="D32" s="91" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="33" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A33" s="91" t="s">
         <v>244</v>
       </c>
-      <c r="B32" s="12" t="s">
+      <c r="B33" s="91" t="s">
         <v>97</v>
       </c>
-      <c r="C32" s="12" t="s">
+      <c r="C33" s="91" t="s">
         <v>245</v>
       </c>
-      <c r="D32" s="12" t="s">
+      <c r="D33" s="91" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="33" customFormat="false" ht="15" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
-[...11 lines deleted...]
-      </c>
+    <row r="34" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A34" s="87" t="s">
+        <v>247</v>
+      </c>
+      <c r="B34" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" s="87" t="s">
+        <v>248</v>
+      </c>
+      <c r="D34" s="87" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="35" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A35" s="87" t="s">
+        <v>256</v>
+      </c>
+      <c r="B35" s="87" t="s">
+        <v>97</v>
+      </c>
+      <c r="C35" s="87" t="s">
+        <v>257</v>
+      </c>
+      <c r="D35" s="87" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="36" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A36" s="87" t="s">
+        <v>264</v>
+      </c>
+      <c r="B36" s="87" t="s">
+        <v>62</v>
+      </c>
+      <c r="C36" s="87" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" s="87" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="37" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A37" s="90"/>
+      <c r="B37" s="90"/>
+      <c r="C37" s="90"/>
+      <c r="D37" s="90"/>
+    </row>
+    <row r="38" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A38" s="90"/>
+      <c r="B38" s="90"/>
+      <c r="C38" s="90"/>
+      <c r="D38" s="90"/>
+    </row>
+    <row r="39" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A39" s="90"/>
+      <c r="B39" s="90"/>
+      <c r="C39" s="90"/>
+      <c r="D39" s="90"/>
+    </row>
+    <row r="40" customFormat="false" ht="65.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A40" s="90"/>
+      <c r="B40" s="90"/>
+      <c r="C40" s="90"/>
+      <c r="D40" s="90"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:J33"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.7875" right="0.7875" top="1.03888888888889" bottom="1.03888888888889" header="0.7875" footer="0.7875"/>
   <pageSetup paperSize="9" scale="100" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Calibri,Normal"&amp;11&amp;K000000Page &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>LibreOffice/25.8.1.1$Windows_X86_64 LibreOffice_project/54047653041915e595ad4e45cccea684809c77b5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Pascal GAUNEAU</dc:creator>
   <dc:description/>
   <dc:language>fr-FR</dc:language>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_MarkAsFinal">
+    <vt:bool>1</vt:bool>
+  </property>
+</Properties>
 </file>